--- v0 (2025-12-03)
+++ v1 (2026-01-22)
@@ -18,114 +18,148 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="39C4B180" w14:textId="29B6F14B" w:rsidR="00845111" w:rsidRPr="00DB2B2F" w:rsidRDefault="00845111" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-        <w:t>Nombre: ______________________________________________ CI:_________________________</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Nombre: ______________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>CI:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5D4C3BCB" w14:textId="69C57A55" w:rsidR="00223488" w:rsidRPr="00DB2B2F" w:rsidRDefault="00F04D0E" w:rsidP="00223488">
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E36C7C" w14:textId="77777777" w:rsidR="00D0044C" w:rsidRPr="00DB2B2F" w:rsidRDefault="00D0044C" w:rsidP="00223488">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2B2F">
+    </w:p>
+    <w:p w14:paraId="57F2EBF1" w14:textId="77777777" w:rsidR="00D0044C" w:rsidRPr="00DB2B2F" w:rsidRDefault="00D0044C" w:rsidP="00223488">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-        <w:t>Trabajo domiciliario</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00223488" w:rsidRPr="00DB2B2F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4C3BCB" w14:textId="79C5AB34" w:rsidR="00223488" w:rsidRPr="00DB2B2F" w:rsidRDefault="00F04D0E" w:rsidP="00223488">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –Análisis de Datos Longitudinales</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DB2B2F">
+        <w:t>Trabajo domiciliario</w:t>
+      </w:r>
+      <w:r w:rsidR="00223488" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223488" w:rsidRPr="00DB2B2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>Análisis de Datos Longitudinales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0DE821" w14:textId="33EE7005" w:rsidR="00996DAD" w:rsidRPr="00DB2B2F" w:rsidRDefault="00223488" w:rsidP="00223488">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2B2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
         <w:t>Maestría en Demografía y Estudios de población</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A607805" w14:textId="77777777" w:rsidR="004D068B" w:rsidRPr="00DB2B2F" w:rsidRDefault="00F04D0E" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve">El trabajo </w:t>
       </w:r>
       <w:r w:rsidR="004D068B" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve">de evaluación domiciliaria </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
@@ -141,110 +175,174 @@
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve">la lectura de dos artículos </w:t>
       </w:r>
       <w:r w:rsidR="004D068B" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>(disponibles en el sitio EVA).</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve"> La segunda parte de la evaluación consiste en realizar un análisis de datos longitudinales con los métodos vistos durante el curso.</w:t>
       </w:r>
       <w:r w:rsidR="001642C8" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBD08A1" w14:textId="2CD09E95" w:rsidR="00F04D0E" w:rsidRPr="00DB2B2F" w:rsidRDefault="001963DD" w:rsidP="001A3080">
+    <w:p w14:paraId="3CBD08A1" w14:textId="488E39D1" w:rsidR="00F04D0E" w:rsidRPr="00DB2B2F" w:rsidRDefault="001963DD" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-        <w:t>La fecha límite para la entrega del trabajo es el 29 de septiembre de 2025.</w:t>
+        <w:t xml:space="preserve">La fecha límite para la entrega del trabajo es el </w:t>
+      </w:r>
+      <w:r w:rsidR="00F13793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>20 de septiembre de 2025 (período de septiembre), 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2B2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00F13793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">diciembre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2B2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>de 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (período de diciembre) o 20 de febrero de 2026 (período de febrero)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2B2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A568960" w14:textId="15A2D877" w:rsidR="004D068B" w:rsidRPr="00DB2B2F" w:rsidRDefault="004D068B" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda que puedes escribir dudas/consultas/comentarios a: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DB2B2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-UY"/>
           </w:rPr>
           <w:t>alejandra.marroig@fcea.edu.uy</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B52D678" w14:textId="77777777" w:rsidR="004D068B" w:rsidRPr="00DB2B2F" w:rsidRDefault="004D068B" w:rsidP="001A3080">
+    <w:p w14:paraId="5B52D678" w14:textId="6F3FB312" w:rsidR="004D068B" w:rsidRPr="00F13793" w:rsidRDefault="00F13793" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-UY"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F13793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>Una vez inscripto/a al examen, debes escribir un correo solicitando los datos para trabajar en la parte II de esta evaluación.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0680DDBC" w14:textId="2356FDC9" w:rsidR="001A3080" w:rsidRPr="00DB2B2F" w:rsidRDefault="001A3080" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>PARTE I</w:t>
       </w:r>
       <w:r w:rsidR="00B06AD0" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve"> (máximo 5 páginas).</w:t>
@@ -716,51 +814,50 @@
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D52FBE3" w14:textId="77777777" w:rsidR="004D068B" w:rsidRPr="00DB2B2F" w:rsidRDefault="004D068B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C2BE829" w14:textId="2E9327D2" w:rsidR="00F04D0E" w:rsidRPr="00DB2B2F" w:rsidRDefault="001A3080" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PARTE II</w:t>
       </w:r>
       <w:r w:rsidR="00B06AD0" w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t xml:space="preserve"> (máximo 5 páginas, incluyendo gráficos y referencias).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A72A5A" w14:textId="48BFA30A" w:rsidR="00210736" w:rsidRPr="00DB2B2F" w:rsidRDefault="004D068B" w:rsidP="001A3080">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B2F">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>Para esta parte debes utilizar datos que te proporcionaré para el análisis. Debes e</w:t>
       </w:r>
       <w:r w:rsidR="00223488" w:rsidRPr="00DB2B2F">
@@ -1698,61 +1795,61 @@
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DB2B2F" w:rsidRPr="00DB2B2F">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DAE9F0C" w14:textId="77777777" w:rsidR="00D82C36" w:rsidRDefault="00D82C36" w:rsidP="001D789E">
+    <w:p w14:paraId="13B9514D" w14:textId="77777777" w:rsidR="003C6936" w:rsidRDefault="003C6936" w:rsidP="001D789E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A0692FB" w14:textId="77777777" w:rsidR="00D82C36" w:rsidRDefault="00D82C36" w:rsidP="001D789E">
+    <w:p w14:paraId="495EA2E8" w14:textId="77777777" w:rsidR="003C6936" w:rsidRDefault="003C6936" w:rsidP="001D789E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1816,61 +1913,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="73E08AC1" w14:textId="77777777" w:rsidR="001D789E" w:rsidRDefault="001D789E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46CD9FCE" w14:textId="77777777" w:rsidR="00D82C36" w:rsidRDefault="00D82C36" w:rsidP="001D789E">
+    <w:p w14:paraId="79061CB8" w14:textId="77777777" w:rsidR="003C6936" w:rsidRDefault="003C6936" w:rsidP="001D789E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D58B716" w14:textId="77777777" w:rsidR="00D82C36" w:rsidRDefault="00D82C36" w:rsidP="001D789E">
+    <w:p w14:paraId="6C01B680" w14:textId="77777777" w:rsidR="003C6936" w:rsidRDefault="003C6936" w:rsidP="001D789E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E7F3FF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F463DD8"/>
     <w:lvl w:ilvl="0" w:tplc="C9F2EF86">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2122,106 +2219,109 @@
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1174958072">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1374965277">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="955911994">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F04D0E"/>
     <w:rsid w:val="00015D65"/>
     <w:rsid w:val="001642C8"/>
     <w:rsid w:val="001963DD"/>
     <w:rsid w:val="001A3080"/>
     <w:rsid w:val="001A7B25"/>
     <w:rsid w:val="001D789E"/>
     <w:rsid w:val="00210736"/>
     <w:rsid w:val="00223488"/>
     <w:rsid w:val="00251166"/>
     <w:rsid w:val="002B732F"/>
     <w:rsid w:val="002E45B0"/>
     <w:rsid w:val="003205C1"/>
     <w:rsid w:val="003B10FE"/>
+    <w:rsid w:val="003C6936"/>
     <w:rsid w:val="00444C37"/>
     <w:rsid w:val="004957E8"/>
     <w:rsid w:val="004D068B"/>
     <w:rsid w:val="005B6C7C"/>
     <w:rsid w:val="007A14A7"/>
     <w:rsid w:val="007D5D1A"/>
     <w:rsid w:val="008008D8"/>
     <w:rsid w:val="00845111"/>
     <w:rsid w:val="008E13F2"/>
     <w:rsid w:val="00996DAD"/>
     <w:rsid w:val="00A808A7"/>
     <w:rsid w:val="00AF5DAA"/>
     <w:rsid w:val="00B06AD0"/>
     <w:rsid w:val="00B53B23"/>
     <w:rsid w:val="00BC781B"/>
     <w:rsid w:val="00CE0BDC"/>
     <w:rsid w:val="00D0044C"/>
     <w:rsid w:val="00D82C36"/>
     <w:rsid w:val="00DB2B2F"/>
     <w:rsid w:val="00E85001"/>
+    <w:rsid w:val="00EE78FA"/>
     <w:rsid w:val="00F04D0E"/>
     <w:rsid w:val="00F074F8"/>
+    <w:rsid w:val="00F13793"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6F5F06C2"/>
@@ -3551,69 +3651,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>493</Words>
-  <Characters>2814</Characters>
+  <Words>530</Words>
+  <Characters>3021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3301</CharactersWithSpaces>
+  <CharactersWithSpaces>3544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alejandra Marroig</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>